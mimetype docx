--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -1,48 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="08C91B2A" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Constitution and By-Laws of</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2623C0C6" w14:textId="6A72232A" w:rsidR="00DE2BD3" w:rsidRDefault="00F53050">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">African Caribbean Student Association </w:t>
       </w:r>
@@ -531,61 +539,67 @@
           <w:bCs/>
         </w:rPr>
         <w:t>The Media Coordinator manages AFCASA’s online presence and ensures effective communication with members by maintaining and updating social media accounts with event information, updates, and community highlights. This role includes designing and scheduling engaging posts, working closely with the Social Coordinator to promote events, and actively interacting with followers on social media to increase AFCASA’s visibility and impact.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C99B6F" w14:textId="77777777" w:rsidR="00A72C24" w:rsidRDefault="00A72C24" w:rsidP="00A72C24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="346C24B9" w14:textId="26617187" w:rsidR="00A72C24" w:rsidRDefault="00A72C24">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00880EAB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Social Co</w:t>
+      </w:r>
+      <w:r w:rsidR="00966C3C" w:rsidRPr="00880EAB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00966C3C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Social Co</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ordinator: </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00966C3C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>The Social Coordinator is responsible for planning and executing social events and gatherings that foster community within AFCASA. This role includes organizing events such as cultural nights, game nights, and holiday parties, managing all event logistics from venue booking to setup, and collaborating with the Media Coordinator to promote the events. The Social Coordinator also develops new activities that encourage networking, cultural exchange, and member engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053F519F" w14:textId="77777777" w:rsidR="00966C3C" w:rsidRDefault="00966C3C" w:rsidP="00966C3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46E0504B" w14:textId="77777777" w:rsidR="00966C3C" w:rsidRDefault="00966C3C" w:rsidP="00966C3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -673,57 +687,51 @@
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The following positions are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the operation of AFCASA and must be filled through election at the Annual General Meeting: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>President, Vice President, Treasurer, Secretary, Social Coordinator, and Media Coordinator</w:t>
       </w:r>
       <w:r>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The following positions are </w:t>
+        <w:t xml:space="preserve">. The following positions are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>not required</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but may be filled if candidates are available: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Partnership Coordinator</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Room Coordinator</w:t>
@@ -753,85 +761,85 @@
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>All Club Officers must be currently registered students at Lakehead University.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43232E8F" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>Unless otherwise allowed for within this document, the Officers shall be elected at the Club’s Annual General Meeting by the Club’s members and they shall hold office from the end of their predecessors’ terms until April 30 or until their successors are elected.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BE0342" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
+    <w:p w14:paraId="37BE0342" w14:textId="002B6C7D" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
-        <w:t>Any Officer is allowed to resign their position within the Club.  The resigning Officer must notify LUSU and the remaining Officers of their decision before the resignation becomes valid.  Resigning does not absolve the Officer of their responsibilities to LUSU or their Club members if there remain unpaid debts of the Club.</w:t>
+        <w:t>Any Officer is allowed to resign their position within the Club. The resigning Officer must notify LUSU and the remaining Officers of their decision before the resignation becomes valid.  Resigning does not absolve the Officer of their responsibilities to LUSU or their Club members if there remain unpaid debts of the Club.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8FD69E" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="1C29247F" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="7169DF58" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>By-Law IV — Amendments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AA308D" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
-    <w:p w14:paraId="6D15552E" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
+    <w:p w14:paraId="6D15552E" w14:textId="1CEDB621" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
-        <w:t>This document may be amended by the Club’s members at any General Meeting that has met quorum (this includes the Annual General Meeting or any Special General Meeting).  A motion to amend this document must be passed by two-thirds (2/3) of members present.</w:t>
+        <w:t>This document may be amended by the Club’s members at any General Meeting that has met quorum (this includes the Annual General Meeting or any Special General Meeting). A motion to amend this document must be passed by two-thirds (2/3) of members present.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6671BC3F" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>Any amendments take effect immediately after the General Meeting is over.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344FA483" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="6E671772" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="03FB52CD" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1170,75 +1178,105 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="01D3D5C2" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="36BC12A6" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>As a condition of Club membership, all prospective members shall make payment to the Club of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6824335C" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="4FD34516" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="007D15E4">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>There shall be no dues charged to any member.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770E2FB6" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:p w14:paraId="76494755" w14:textId="77777777" w:rsidR="00DE2BD3" w:rsidRDefault="00DE2BD3"/>
     <w:sectPr w:rsidR="00DE2BD3">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5040ABBB" w14:textId="77777777" w:rsidR="00861051" w:rsidRDefault="00861051" w:rsidP="00880EAB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="62506A83" w14:textId="77777777" w:rsidR="00861051" w:rsidRDefault="00861051" w:rsidP="00880EAB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
@@ -1259,52 +1297,137 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FA36DC4" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31372F90" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E431417" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="37054B22" w14:textId="77777777" w:rsidR="00861051" w:rsidRDefault="00861051" w:rsidP="00880EAB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="288253B4" w14:textId="77777777" w:rsidR="00861051" w:rsidRDefault="00861051" w:rsidP="00880EAB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78C36FE4" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67FA7F03" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05A4CA35" w14:textId="77777777" w:rsidR="00880EAB" w:rsidRDefault="00880EAB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F98782F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCF8D0A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:firstLine="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="1080"/>
       </w:pPr>
       <w:rPr>
@@ -2461,104 +2584,119 @@
   <w:num w:numId="4" w16cid:durableId="1130131440">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1325357935">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="95179418">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="437606024">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="631206417">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="858816476">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="546844590">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE2BD3"/>
     <w:rsid w:val="0016520F"/>
     <w:rsid w:val="0025199E"/>
     <w:rsid w:val="00251CAB"/>
     <w:rsid w:val="002C3E23"/>
     <w:rsid w:val="00334A15"/>
+    <w:rsid w:val="00437D23"/>
     <w:rsid w:val="007D15E4"/>
+    <w:rsid w:val="00861051"/>
+    <w:rsid w:val="00880EAB"/>
     <w:rsid w:val="00966C3C"/>
     <w:rsid w:val="00A72C24"/>
     <w:rsid w:val="00DE2BD3"/>
+    <w:rsid w:val="00F22185"/>
     <w:rsid w:val="00F53050"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="40B82360"/>
   <w15:docId w15:val="{69544B91-DDF8-43CC-B18D-107443D0F919}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3006,50 +3144,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -3106,55 +3245,99 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00966C3C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00966C3C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00880EAB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00880EAB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00880EAB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00880EAB"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="706486750">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1309551878">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3182,51 +3365,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1799445044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3450,65 +3633,65 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9653</Characters>
+  <Pages>5</Pages>
+  <Words>1692</Words>
+  <Characters>9651</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11324</CharactersWithSpaces>
+  <CharactersWithSpaces>11321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>