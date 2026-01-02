--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1,2472 +1,2427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Constitution and By-Laws of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INDIGENOUS STUDENTS’ ASSOCIATION</w:t>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve">(“ISA”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The name of the Club shall be INDIGENOUS STUDENTS’ ASSOCIATION (hereinafter “Association” or “ISA”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Club shall conduct its operations under the constitution and by-laws of the Lakehead University Student Union (LUSU).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purpose of the Club shall be the following, and all activities of the Association shall be conducted in the furtherance of this purpose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To show the presence of the Indigenous community within the university and have different initiatives lead throughout the year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By-Law I — Membership</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At least one-half of the members of the Club shall be Lakehead University students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Club members shall have the right to bring forward motions and cast a vote at the Club’s Annual General Meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The membership of the Club shall be limited to the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There shall be no limitation on who may be a member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By-Law II — Meetings of the Members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Club shall hold an Annual General Meeting at least once every academic year between the months of March and April.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The date, time, and location of the Annual General Meeting shall be set by the President in consultation with the other Officers and announced to the Club members at least a month before the meeting is to take place. They must also send out a reminder two (2) weeks before the meeting as well.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At an Annual General Meeting, at least ten (10) Club members (or at least five (5) if this Club is based in Orillia) or ten percent (10%) of Club members, whichever is more, must be present in order for the meeting to be able to proceed.  If this minimum is not achieved (“quorum”), no vote taken will be considered valid. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Annual General Meeting shall be chaired by the President.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">During the Annual General Meeting, the Club members shall appoint the Officers of the Club, who shall begin their terms in September.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Club members may consider and vote upon any other items during the Annual General Meeting.  Any motion decided in this way is valid and binding upon the Club and the Officers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At any time, a petition of ten percent (10%) of Club members, or ten (10) Club members (or at least five (5) if this Club is based in Orillia), whichever is more, can call a Special General Meeting, during which the Club members may make any decision affecting the operation of the Club, including replacing any or all of the existing Officers or amending this Constitution.  The petition must be served to the Officers at least five (5) days in advance of when the Special General Meeting is to take place, and must include the exact date, time, and location of the meeting.  The Officers must then e-mail all of the Club members and notify them of the Special General Meeting at least four (4) days in advance of the scheduled meeting date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By-Law III — Club Officers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">President</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The President is the chief executive of the Club and in that capacity is able to make decisions affecting the Club and its operations. So long as those decisions are made in furtherance of the Club's purpose and do not violate this Constitution or the LUSU Governing Documents, they shall be considered valid and enforceable. Regardless of that, the President cannot make any decisions that are reserved for the Club members (such as amending this Constitution or electing Officers), nor may the President make decisions about items that are reserved for other Officers in this Constitution, unless the President has made good efforts to get in touch with those Officer(s) and has been unable to..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vice President.  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Vice President shall assist the president in any decisions being made. Their duties include helping club officers and being in charge of sponsorships for the annual Powwow. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is also the vice president's job to effectively contribute to the club's operations. To do this effectively, you must be involved with the work and understand the policies of the club.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Treasurer</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The Treasurer is the Officer in charge of the Club's finances, and in that capacity, along with the President, is allowed to deposit and withdraw funds from the Club's accounts.  The Treasurer shall prepare a report to the Club's members about the state of the Club's finances for presentation at the Annual General Meeting..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Secretary</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The Secretary is the Officer in charge of keeping the minutes of the Club's meetings, including the Annual General Meeting. The Secretary must record the result of all votes taken and pass them on to his/her successor and must make them available to LUSU on demand by any LUSU Executive..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social Media Coordinator.  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Social Media Coordinator is in charge of running the social media accounts, and sharing posts to inform the community about club events and showcase our Indigenous community at Lakehead University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Events Coordinator. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Events Coordinator is responsible for planning and coordinating events, including cultural programming, social gatherings, and collaborations with other student groups and organizations. This Officer shall oversee event logistics, secure venues and catering when needed, and ensure events align with ISA’s values and purpose. The Events Coordinator must work closely with other Officers to ensure successful implementation of all events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...529 lines deleted...]
-    <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="009276AA" w:rsidRDefault="00FF64AA">
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Club Officers must be currently registered students at Lakehead University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unless otherwise allowed within this document, the Officers shall be elected at the Club’s Annual General Meeting by the Club’s members and they shall hold office from the end of their predecessors’ terms until April 30 or until their successors are elected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any Officer is allowed to resign their position within the Club.  The resigning Officer must notify LUSU and the remaining Officers of their decision before the resignation becomes valid.  Resigning does not absolve the Officer of their responsibilities to LUSU or their Club members if there remain unpaid debts of the Club.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In recognition of the time, labour, and commitment of the Executive Officers, each Officer shall receive an honorarium of $500 per semester, subject to the availability of funds and fulfillment of their responsibilities as outlined in this Constitution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The honorarium shall be distributed at the end of each semester upon review of the Officers’ contributions and confirmation from the President and Treasurer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If an Officer resigns or is removed before the semester concludes, their honorarium shall be prorated based on the duration of their term served.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By-Law IV — Amendments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document may be amended by the Club’s members at any General Meeting that has met quorum (this includes the Annual General Meeting or any Special General Meeting).  A motion to amend this document must be passed by two-thirds (2/3) of members present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any amendments take effect immediately after the General Meeting is over.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By-Law V — Club Election Procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Club Officers can only be elected at the Club’s Annual General Meeting by the Club members present.</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Members who are interested in becoming Officers shall declare their candidacy at the General Meeting and the Club members present shall vote for one (1) candidate for each position.  The vote shall be counted by a showing of hands, unless any Club member requests that it be done by secret ballot, in which case the ballots shall be collected and recorded by the Secretary and another Club member who will verify the vote’s fairness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Policy I — Statement of Accountability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Club Officers shall abide by this document as well as the LUSU Governing Documents and the Lakehead University Student Code of Conduct.  Officers shall make a good-faith effort to ensure that all their decisions are made in furtherance of the Club’s purpose and in the best interest of the Club’s members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Club Officers shall be responsible for all of their collective acts and deeds as well as the conduct of the Club members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Club Officers shall honour all agreements to which they or their predecessors agreed to, and shall endeavour to fulfill every obligation owed under those agreements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Policy II — Membership Dues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...180 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a condition of Club membership, all prospective members shall make payment to the Club of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There shall be no dues charged to any member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference r:id="rId6" w:type="default"/>
+      <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...34 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+    <w:pPr>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="53AE8FDC"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="474C7FC8"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="B98CBCB8"/>
+  <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="7BD6266C"/>
+  <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="4B0C5D02"/>
+  <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="13C60256"/>
+  <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="457ADEDE"/>
+  <w:abstractNum w:abstractNumId="7">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="136C6D7E"/>
+  <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:firstLine="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1800"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="3240"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="3960"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="4680"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="5400"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:firstLine="6120"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1860006053">
+  <w:abstractNum w:abstractNumId="9">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1802723057">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1667856845">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1300107737">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="977298167">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...18 lines deleted...]
-  <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{C1D20D8D-4FCF-4532-BC1B-6A15C196B8A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
+        <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...379 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:b w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:color w:val="666666"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="4"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="5"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-      <w:i/>
+      <w:i w:val="1"/>
       <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
-  </w:style>
-[...25 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="10"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...1 lines deleted...]
-      <w:szCs w:val="42"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="11"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:after="200"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-      <w:i/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
       <w:color w:val="666666"/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2744,55 +2699,25 @@
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...28 lines deleted...]
-</file>